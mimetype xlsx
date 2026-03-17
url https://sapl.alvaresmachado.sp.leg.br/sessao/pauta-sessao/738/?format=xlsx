--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -10,83 +10,83 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="58">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Razões do Veto nº 6 de 2025</t>
   </si>
   <si>
     <t>Luiz Francisco Boigues - Prefeito</t>
   </si>
   <si>
-    <t>Mensagem de Veto Parcial ao PLO 20/2025</t>
-[...2 lines deleted...]
-    <t>Veto distribuido para emissão de parecer</t>
+    <t>Mensagem de Veto Parcial aos artigos 2º e 6º do PLO 20/2025,</t>
+  </si>
+  <si>
+    <t>1_Lido na Sessão e encaminhado às Comissões Comp e Proc.Leg</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 2 de 2025</t>
   </si>
   <si>
     <t>Mesa Diretora - parlamentares</t>
   </si>
   <si>
     <t>Dispõe sobre as modalidades licitatórias pregão e concorrência, na forma eletrônica, para a aquisição de bens e serviços comuns e contratação de obras e serviços de engenharia, no âmbito da Câmara Municipal de Álvares Machado, e dá outras providências.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 3 de 2025</t>
   </si>
   <si>
     <t>Regulamenta o acesso à informação pública, institui normas de transparência ativa e passiva, disciplina o Serviço de Informações ao Cidadão – SIC, no âmbito da Câmara Municipal de Álvares Machado e dá outras providências</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 4 de 2025</t>
   </si>
   <si>
     <t>Regulamenta a aplicação da Lei Federal nº 13.709, de 14 de agosto de 2018, que “dispõe sobre a Lei Geral de Proteção de Dados Pessoais (LGPD)”, no âmbito da Câmara Municipal de Álvares Machado.</t>
   </si>
@@ -157,50 +157,53 @@
     <t>Apresenta seus aplausos ao Senhor JOSÉ ANDREATA FRANCO em reconhecimento à sua trajetória de vida marcada pela fé, pelo serviço comunitário e pela relevante atuação religiosa e social no Município de Álvares Machado.</t>
   </si>
   <si>
     <t>Aguardando Deliberação</t>
   </si>
   <si>
     <t>Requerimento nº 1 de 2026</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, com reiteração, solicita-se estudo técnico para instalação de sinaleiro ou rotatória no cruzamento da Rua Fernando Costa com a Rua Ismael Dias.</t>
   </si>
   <si>
     <t>Requerimento nº 2 de 2026</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, com reiteração, solicita-se estudo de viabilidade para alteração no sentido de estacionamento para 45º, ampliação e fiscalização das vagas para motos, e melhorias urbanísticas na Avenida das Américas</t>
   </si>
   <si>
     <t>Requerimento nº 3 de 2026</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, com reiteração, solicita-se estudo técnico para ampliação do espaço viário no entroncamento da Rua Antônio Louzada Marzabal com a Rua Monsenhor Nakamura.</t>
   </si>
   <si>
     <t>Requerimento nº 4 de 2026</t>
+  </si>
+  <si>
+    <t>João Sanchez,Cabrera,Dudu Sanches,João da Farmácia,Joel Nunes,Marquinho Bozó,Michael Rodrigues,Néia Coronel Goulart,Regina Márcia Silva</t>
   </si>
   <si>
     <t>Ao Senhor prefeito. Solicita-se informações sobre os estudos referentes a reestruturação do plano de carreira dos servidores públicos municipais e valorização salarial, tendo em vista a urgente necessidade.</t>
   </si>
   <si>
     <t>Requerimento nº 5 de 2026</t>
   </si>
   <si>
     <t>Joel Nunes</t>
   </si>
   <si>
     <t>Ao Senhor prefeito. Solicita-se informações sobre a previsão para execução de recapeamento nas vias do Parque dos Pinheiros e do Jardim Panorama, além de providências para a limpeza e roçada das beiradas das vias.</t>
   </si>
   <si>
     <t>Requerimento nº 6 de 2026</t>
   </si>
   <si>
     <t>À Diretoria da SABESP, com reiteração. Solicita informações sobre o prazo para instalação de reservatório (“caixa d’água”) no Parque dos Pinheiros.</t>
   </si>
   <si>
     <t>Requerimento nº 7 de 2026</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, com reiteração. Solicita informações sobre o prazo para substituição de poste com sérias avarias na Rua Bernardo Guimarães, nº 34, Jardim Panorama.</t>
   </si>
@@ -525,53 +528,53 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="34.42578125" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="29.28515625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="127.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="227.7109375" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="37.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="57.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
         <v>11278</v>
@@ -863,114 +866,114 @@
       </c>
       <c r="C17" t="s">
         <v>46</v>
       </c>
       <c r="D17" t="s">
         <v>34</v>
       </c>
       <c r="E17" t="s">
         <v>47</v>
       </c>
       <c r="F17" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
         <v>11329</v>
       </c>
       <c r="B18" t="s">
         <v>6</v>
       </c>
       <c r="C18" t="s">
         <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="E18" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F18" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
         <v>11330</v>
       </c>
       <c r="B19" t="s">
         <v>6</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D19" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E19" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F19" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
         <v>11335</v>
       </c>
       <c r="B20" t="s">
         <v>6</v>
       </c>
       <c r="C20" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F20" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
         <v>11336</v>
       </c>
       <c r="B21" t="s">
         <v>6</v>
       </c>
       <c r="C21" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F21" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>